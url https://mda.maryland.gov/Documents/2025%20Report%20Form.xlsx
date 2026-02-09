--- v0 (2025-10-26)
+++ v1 (2026-02-09)
@@ -21661,52 +21661,52 @@
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002F0937B91DAE1448802F29F52C55640D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7bfc4a6220d06da5f4d4f72c9270b99e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ab91acf0173590172983a49406d7043" ns1:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002F0937B91DAE1448802F29F52C55640D" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cf2223509a7aef39a198355f2f810aed">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fd70011e5e5e1271eab8763089122c71" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="4" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="PublishingExpirationDate" ma:index="5" nillable="true" ma:displayName="Scheduling End Date" ma:description="" ma:hidden="true" ma:internalName="PublishingExpirationDate" ma:readOnly="false">
@@ -21811,51 +21811,51 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37E7D202-6984-4559-950D-82DC13025C4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B79577F-BC8B-4DEC-93F0-D1ADB03EAEA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6845F83F-54BE-4685-B3BD-7B53543941F4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A33F537-2554-46B2-A93D-9322A56D1F49}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>Unit Information</vt:lpstr>
       <vt:lpstr>Certified Local Vendor 1</vt:lpstr>
       <vt:lpstr>Certified Local Vendor 2</vt:lpstr>
       <vt:lpstr>Certified Local Vendor 3</vt:lpstr>
       <vt:lpstr>Certified Local Vendor 4</vt:lpstr>